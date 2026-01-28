--- v0 (2025-10-14)
+++ v1 (2026-01-28)
@@ -1,2679 +1,2559 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="3E7932E4" w14:textId="77777777" w:rsidR="007839DF" w:rsidRPr="00C7270F" w:rsidRDefault="002C7EFF" w:rsidP="007839DF">
+    <w:p w:rsidR="007839DF" w:rsidRDefault="007839DF" w:rsidP="00DE2F0B">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="007839DF" w:rsidRDefault="007839DF" w:rsidP="00DE2F0B">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007839DF" w:rsidRDefault="007839DF" w:rsidP="00DE2F0B">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения о медицинской организации – учредительные документы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007839DF" w:rsidRDefault="007839DF" w:rsidP="00DE2F0B">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007839DF" w:rsidRPr="00C7270F" w:rsidRDefault="002C7EFF" w:rsidP="007839DF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C7270F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Основные положения</w:t>
       </w:r>
       <w:r w:rsidR="007839DF" w:rsidRPr="00C7270F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> учетной политики.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AA2187D" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="007839DF">
+    <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="007839DF">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47924E13" w14:textId="7A081908" w:rsidR="00DE2F0B" w:rsidRDefault="005A05FF" w:rsidP="00DE2F0B">
+    <w:p w:rsidR="00AC5C30" w:rsidRPr="00AC5C30" w:rsidRDefault="005A05FF" w:rsidP="00AC5C30">
       <w:pPr>
-        <w:spacing w:line="276" w:lineRule="auto"/>
+        <w:pStyle w:val="1"/>
+        <w:ind w:firstLine="851"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Учетная политика</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DE2F0B">
+      </w:pPr>
+      <w:r w:rsidRPr="00AC5C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             Учетная политика</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2F0B" w:rsidRPr="00AC5C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> ГБУЗ СПБ №7 на 202</w:t>
       </w:r>
-      <w:r w:rsidR="00E646D3">
+      <w:r w:rsidR="00807FBB" w:rsidRPr="00AC5C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2F0B" w:rsidRPr="00AC5C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">г. утверждена приказом главного врача учреждения от </w:t>
+      </w:r>
+      <w:r w:rsidR="00F162DA" w:rsidRPr="00AC5C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00807FBB" w:rsidRPr="00AC5C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00DE2F0B" w:rsidRPr="00AC5C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.12.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00807FBB" w:rsidRPr="00AC5C30">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="00DE2F0B">
+      <w:r w:rsidR="00DE2F0B" w:rsidRPr="00AC5C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...38 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">г. № </w:t>
       </w:r>
-      <w:r w:rsidR="00E646D3">
+      <w:r w:rsidR="00807FBB" w:rsidRPr="00AC5C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>837</w:t>
+        <w:t>662</w:t>
       </w:r>
-      <w:r w:rsidR="00DE2F0B">
+      <w:r w:rsidR="00DE2F0B" w:rsidRPr="00AC5C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DE2F0B" w:rsidRPr="00DE2F0B">
+      <w:r w:rsidR="00DE2F0B" w:rsidRPr="00AC5C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="auto"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DE2F0B" w:rsidRPr="00C65576">
+      <w:r w:rsidR="00AC5C30" w:rsidRPr="00AC5C30">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:spacing w:val="-1"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бухгалтерский учет в </w:t>
+        <w:t>Бухгалтерский учет ведет бухгалтерия, возглавляемая главным бухгалтером. Сотрудники бухгалтерии руководствуются в работе положением о бухгалтерии, должностными инструкциями. Ответственным за ведение бухгалтерского учета в учреждении является главный бухгалтер.</w:t>
       </w:r>
-      <w:r w:rsidR="00DE2F0B" w:rsidRPr="00C65576">
+    </w:p>
+    <w:p w:rsidR="00AC5C30" w:rsidRPr="00AC5C30" w:rsidRDefault="00AC5C30" w:rsidP="00AC5C30">
+      <w:pPr>
+        <w:spacing w:before="108" w:after="108"/>
+        <w:ind w:firstLine="851"/>
+        <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="-5"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Г</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00DE2F0B">
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="sub_1008"/>
+      <w:r w:rsidRPr="00AC5C30">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="000000"/>
-          <w:spacing w:val="-5"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Б</w:t>
-[...226 lines deleted...]
-        <w:t>иные объекты, установленные федеральными стандартами.</w:t>
+        <w:t>Бухгалтерский учет ведется в автоматизированной форме с применением программных продуктов 1С: Бухгалтерия государственного учреждения, 1С: Больничная аптека, 1С: Зарплата и кадры государственного учреждения, 1С: Диетическое питание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblOverlap w:val="never"/>
-        <w:tblW w:w="9351" w:type="dxa"/>
+        <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="613"/>
         <w:gridCol w:w="613"/>
-        <w:gridCol w:w="1382"/>
+        <w:gridCol w:w="2237"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C7EFF" w14:paraId="5F3E4C38" w14:textId="77777777" w:rsidTr="007A3AD2">
+      <w:tr w:rsidR="002C7EFF" w:rsidTr="0046413E">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A8200EC" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="586A3014" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CC36101" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E6D5939" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7404D544" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="787691C1" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77C28349" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C337031" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C63FE90" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0329B069" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7161544E" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DEC1BF7" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="613" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25F9A53A" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1382" w:type="dxa"/>
+            <w:tcW w:w="2237" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75447B62" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="007A3AD2">
-[...1 lines deleted...]
-              <w:ind w:hanging="27"/>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+            <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Таблица 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7EFF" w14:paraId="17495D9B" w14:textId="77777777" w:rsidTr="007A3AD2">
+      <w:tr w:rsidR="002C7EFF" w:rsidTr="0046413E">
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9351" w:type="dxa"/>
+            <w:tcW w:w="10206" w:type="dxa"/>
             <w:gridSpan w:val="14"/>
+            <w:vMerge w:val="restart"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73FEF6A7" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Сведения об основных положениях учетной политики учреждения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7498BD60" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+    <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
       <w:pPr>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="__bookmark_8"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="2" w:name="__bookmark_8"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblOverlap w:val="never"/>
         <w:tblW w:w="10170" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1993"/>
+        <w:gridCol w:w="56"/>
+        <w:gridCol w:w="1937"/>
         <w:gridCol w:w="897"/>
         <w:gridCol w:w="850"/>
         <w:gridCol w:w="20"/>
         <w:gridCol w:w="643"/>
         <w:gridCol w:w="526"/>
         <w:gridCol w:w="20"/>
         <w:gridCol w:w="886"/>
-        <w:gridCol w:w="1119"/>
-        <w:gridCol w:w="14"/>
+        <w:gridCol w:w="836"/>
+        <w:gridCol w:w="297"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="20"/>
         <w:gridCol w:w="92"/>
         <w:gridCol w:w="551"/>
-        <w:gridCol w:w="316"/>
-        <w:gridCol w:w="235"/>
         <w:gridCol w:w="551"/>
+        <w:gridCol w:w="48"/>
+        <w:gridCol w:w="503"/>
         <w:gridCol w:w="20"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C7EFF" w14:paraId="24566943" w14:textId="77777777" w:rsidTr="007A3AD2">
+      <w:tr w:rsidR="002C7EFF" w:rsidTr="002575BF">
         <w:trPr>
-          <w:gridAfter w:val="3"/>
-          <w:wAfter w:w="806" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="523" w:type="dxa"/>
           <w:trHeight w:val="680"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22A60350" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
-            <w:pPr>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="00807FBB">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Наименование объекта учета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55D9DC38" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
-            <w:pPr>
+          <w:p w:rsidR="00807FBB" w:rsidRDefault="002C7EFF" w:rsidP="00807FBB">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Код счета</w:t>
             </w:r>
-            <w:r>
-[...6 lines deleted...]
-              <w:br/>
+          </w:p>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="00807FBB">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>бухгалтерского учета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21E2271D" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
-            <w:pPr>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="00807FBB">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Способ ведения бухгалтерского учета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C03440C" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
-            <w:pPr>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="00807FBB" w:rsidP="00807FBB">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Характери</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002C7EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>стика применяемого</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...16 lines deleted...]
-              <w:br/>
+            <w:r w:rsidR="002C7EFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t>способа</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7EFF" w14:paraId="0582524A" w14:textId="77777777" w:rsidTr="007A3AD2">
+      <w:tr w:rsidR="002C7EFF" w:rsidTr="002575BF">
         <w:trPr>
-          <w:gridAfter w:val="3"/>
-          <w:wAfter w:w="806" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="523" w:type="dxa"/>
           <w:trHeight w:val="322"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2210EE35" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E8F29F0" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5548CF5A" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65479093" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7EFF" w14:paraId="5DE728EC" w14:textId="77777777" w:rsidTr="007A3AD2">
+      <w:tr w:rsidR="002C7EFF" w:rsidTr="002575BF">
         <w:trPr>
-          <w:gridAfter w:val="3"/>
-          <w:wAfter w:w="806" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="523" w:type="dxa"/>
           <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-          <w:p w14:paraId="739B9029" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Активы, обязательства, финансовый результат</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="31F66656" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
-[...20 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="54C0CB61" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Организация ведения бухгалтерского учета</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="034735CA" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Учет ведется бухгалтерией ГБУЗ СПБ №7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7EFF" w14:paraId="54AF3312" w14:textId="77777777" w:rsidTr="007A3AD2">
+      <w:tr w:rsidR="002C7EFF" w:rsidTr="002575BF">
         <w:trPr>
-          <w:gridAfter w:val="3"/>
-          <w:wAfter w:w="806" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="523" w:type="dxa"/>
           <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-          <w:p w14:paraId="0819DBD4" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Бланки строгой отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63130252" w14:textId="6A51C848" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="00BD1DBA">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="00274928" w:rsidP="002C7EFF">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="6B4CE75E" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Учет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0054EA5A" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Условная оценка: один бланк, один рубль</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7EFF" w14:paraId="105501A0" w14:textId="77777777" w:rsidTr="007A3AD2">
+      <w:tr w:rsidR="002C7EFF" w:rsidRPr="002575BF" w:rsidTr="002575BF">
         <w:trPr>
-          <w:gridAfter w:val="3"/>
-          <w:wAfter w:w="806" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="523" w:type="dxa"/>
           <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-          <w:p w14:paraId="6047121B" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Основные средства в эксплуатации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="218E727F" w14:textId="15DFD6D0" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="00BD1DBA">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="00274928" w:rsidP="002C7EFF">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
-            <w:bookmarkStart w:id="2" w:name="_GoBack"/>
-[...5 lines deleted...]
-            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="70CB400F" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Учет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="40657C0E" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRPr="002575BF" w:rsidRDefault="002575BF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>По балансовой стоимости введенного в эксплуатацию объекта</w:t>
+            <w:r w:rsidRPr="002575BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Основные средства стоимостью до 10 000 руб. включительно, находящиеся в эксплуатации, учитываются на забалансовом счете 21 по балансовой стоимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7EFF" w14:paraId="07B96B0D" w14:textId="77777777" w:rsidTr="007A3AD2">
+      <w:tr w:rsidR="002C7EFF" w:rsidTr="002575BF">
         <w:trPr>
-          <w:gridAfter w:val="3"/>
-          <w:wAfter w:w="806" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="523" w:type="dxa"/>
           <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-          <w:p w14:paraId="282C171E" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Основные средства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3E7F9205" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10100000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="3F11A587" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Определение срока полезного использования</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="6"/>
+              <w:t xml:space="preserve">Определение срока полезного </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>использования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="23081279" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002575BF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...11 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:r w:rsidRPr="008307F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>учета по поступлению и выбытию активов</w:t>
+              <w:t xml:space="preserve">Срок полезного использования объектов </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008307F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">основных средств устанавливает комиссия по поступлению и выбытию активов, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008307F8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>исходя из предполагаемого срока получения экономических выгод и (или) полезного потенциала</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7EFF" w14:paraId="086B5545" w14:textId="77777777" w:rsidTr="007A3AD2">
+      <w:tr w:rsidR="002C7EFF" w:rsidTr="002575BF">
         <w:trPr>
-          <w:gridAfter w:val="3"/>
-          <w:wAfter w:w="806" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="523" w:type="dxa"/>
           <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-          <w:p w14:paraId="6F4C82F3" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Амортизация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="65488B14" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10400000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2B0C6033" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Методы начисления амортизации</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="14D34784" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Линейный метод</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7EFF" w14:paraId="3C40B051" w14:textId="77777777" w:rsidTr="007A3AD2">
+      <w:tr w:rsidR="002C7EFF" w:rsidTr="002575BF">
         <w:trPr>
-          <w:gridAfter w:val="3"/>
-          <w:wAfter w:w="806" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="523" w:type="dxa"/>
           <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-          <w:p w14:paraId="18B2E207" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Материальные запасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="2195F598" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10500000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="10FB93E6" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Выбытие материальных запасов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2410" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="1E65A391" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRPr="002575BF" w:rsidRDefault="002575BF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-              <w:t>По средней фактической стоимости</w:t>
+            <w:r w:rsidRPr="002575BF">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Выбытие (отпуск) материальных запасов осуществляется по средней фактической стоимости по организации в целом, лекарственные средства по стоимости каждой единицы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C7EFF" w14:paraId="69846F2B" w14:textId="77777777" w:rsidTr="007A3AD2">
+      <w:tr w:rsidR="002C7EFF" w:rsidTr="002575BF">
         <w:trPr>
-          <w:gridAfter w:val="3"/>
-          <w:wAfter w:w="806" w:type="dxa"/>
+          <w:gridAfter w:val="2"/>
+          <w:wAfter w:w="523" w:type="dxa"/>
           <w:trHeight w:val="322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1993" w:type="dxa"/>
-            <w:tcBorders>
-[...11 lines deleted...]
-          <w:p w14:paraId="18B8E793" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+          </w:tcPr>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Затраты на изготовление готовой продукции, выполнение работ, услуг</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0898A535" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10900000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcW w:w="2268" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="63069B92" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="00CE4257">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Распределение накладных затрат</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="6"/>
+              <w:t xml:space="preserve">Распределение </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE4257">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>общехозяйственных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> затрат</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w14:paraId="0F8B2E85" w14:textId="77777777" w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="002C7EFF">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Пропорционально прямым затратам по оплате труда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007A3AD2" w14:paraId="5D24670B" w14:textId="77777777" w:rsidTr="00084383">
-[...2 lines deleted...]
-            <w:tcW w:w="2890" w:type="dxa"/>
+      <w:tr w:rsidR="002C7EFF" w:rsidTr="002C7EFF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="56" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2834" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="40D46826" w14:textId="1511BAF0" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="850" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2FAC49D4" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="20" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7F99238D" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1169" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="30F5DAC0" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="20" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="62D5BB69" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="886" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3C8385CF" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1133" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1CB127CC" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="53508F88" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="20" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="549F26C0" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="92" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="789E857D" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="74740245" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
+            <w:pPr>
+              <w:spacing w:line="1" w:lineRule="auto"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="0" w:type="dxa"/>
+              <w:left w:w="0" w:type="dxa"/>
+              <w:bottom w:w="0" w:type="dxa"/>
+              <w:right w:w="0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="218806A2" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="551" w:type="dxa"/>
+            <w:tcW w:w="20" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7A73282D" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
-[...19 lines deleted...]
-          <w:p w14:paraId="2ED93073" w14:textId="77777777" w:rsidR="007A3AD2" w:rsidRDefault="007A3AD2" w:rsidP="0046413E">
+          <w:p w:rsidR="002C7EFF" w:rsidRDefault="002C7EFF" w:rsidP="0046413E">
             <w:pPr>
               <w:spacing w:line="1" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="589204D6" w14:textId="77777777" w:rsidR="005A1E2F" w:rsidRPr="005A05FF" w:rsidRDefault="005A1E2F" w:rsidP="005A05FF">
+    <w:p w:rsidR="005A1E2F" w:rsidRPr="005A05FF" w:rsidRDefault="005A1E2F" w:rsidP="005A05FF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005A1E2F" w:rsidRPr="005A05FF" w:rsidSect="005A1E2F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:hideSpellingErrors/>
+  <w:hideGrammaticalErrors/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005A05FF"/>
+    <w:rsid w:val="002575BF"/>
+    <w:rsid w:val="00274928"/>
     <w:rsid w:val="002C7EFF"/>
     <w:rsid w:val="003047E8"/>
-    <w:rsid w:val="003E2F5C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005344D6"/>
     <w:rsid w:val="005A05FF"/>
     <w:rsid w:val="005A1E2F"/>
     <w:rsid w:val="005D05DF"/>
     <w:rsid w:val="007839DF"/>
-    <w:rsid w:val="007A3AD2"/>
-    <w:rsid w:val="00BD1DBA"/>
+    <w:rsid w:val="00807FBB"/>
+    <w:rsid w:val="00AC5C30"/>
     <w:rsid w:val="00C7270F"/>
+    <w:rsid w:val="00CE4257"/>
+    <w:rsid w:val="00CF554F"/>
     <w:rsid w:val="00DE2F0B"/>
-    <w:rsid w:val="00E51C23"/>
-    <w:rsid w:val="00E646D3"/>
     <w:rsid w:val="00ED0441"/>
     <w:rsid w:val="00F162DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="77E174F4"/>
   <w15:docId w15:val="{3B91547D-38DE-4DB2-9D2E-869603586ADE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3044,50 +2924,71 @@
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DE2F0B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AC5C30"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -3096,50 +2997,64 @@
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005A05FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005A05FF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00AC5C30"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -3396,69 +3311,69 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>265</Words>
-  <Characters>1515</Characters>
+  <Words>309</Words>
+  <Characters>1765</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>3</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>CtrlSoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1777</CharactersWithSpaces>
+  <CharactersWithSpaces>2070</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Юлия Владимировна  Узун</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>